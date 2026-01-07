--- v0 (2025-10-21)
+++ v1 (2026-01-07)
@@ -222,309 +222,248 @@
     <a:srgbClr val="ABADCF"/>
     <a:srgbClr val="2A293B"/>
     <a:srgbClr val="333347"/>
     <a:srgbClr val="181724"/>
     <a:srgbClr val="6DBA44"/>
     <a:srgbClr val="162A46"/>
     <a:srgbClr val="1E1E2D"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{BD193339-65AD-2241-BB86-26454F55ACD0}" v="17" dt="2025-07-17T12:54:43.872"/>
-    <p1510:client id="{F34CC273-EB4D-5444-A1F4-163324341AC5}" v="4" dt="2025-07-17T15:22:33.180"/>
+    <p1510:client id="{5C5CB361-F98E-4254-B705-2C2D2A1FD396}" v="2" dt="2025-10-24T07:49:21.444"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15611"/>
-    <p:restoredTop sz="71644"/>
+    <p:restoredTop sz="94658"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="85" d="100"/>
-          <a:sy n="85" d="100"/>
+          <a:sx n="123" d="100"/>
+          <a:sy n="123" d="100"/>
         </p:scale>
-        <p:origin x="2040" y="160"/>
+        <p:origin x="486" y="102"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Cory Mathis" userId="ec5c9386-3897-4d1b-947e-15bcb21f29d5" providerId="ADAL" clId="{5C295C38-1DE6-5945-9279-26A40326D53F}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Cory Mathis" userId="ec5c9386-3897-4d1b-947e-15bcb21f29d5" providerId="ADAL" clId="{5C295C38-1DE6-5945-9279-26A40326D53F}" dt="2025-07-18T12:26:01.918" v="3" actId="20577"/>
+    <pc:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}"/>
+    <pc:docChg chg="undo custSel modSld">
+      <pc:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:50:36.887" v="112" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modNotesTx">
-        <pc:chgData name="Cory Mathis" userId="ec5c9386-3897-4d1b-947e-15bcb21f29d5" providerId="ADAL" clId="{5C295C38-1DE6-5945-9279-26A40326D53F}" dt="2025-07-18T12:25:57.994" v="2" actId="12"/>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:48:49.547" v="13" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="4187898915" sldId="262"/>
+          <pc:sldMk cId="190871442" sldId="428"/>
         </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:48:44.651" v="7" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="190871442" sldId="428"/>
+            <ac:spMk id="45" creationId="{CF4B36BE-B5CD-8FA8-3E89-8BAD05D42C84}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:48:40.684" v="1" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="190871442" sldId="428"/>
+            <ac:spMk id="50" creationId="{95749518-2C6D-809C-EA11-4490F6F28E54}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:48:49.547" v="13" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="190871442" sldId="428"/>
+            <ac:spMk id="59" creationId="{4D500E44-BD25-F905-A1A7-51F8F965BFE7}"/>
+          </ac:spMkLst>
+        </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modNotesTx">
-        <pc:chgData name="Cory Mathis" userId="ec5c9386-3897-4d1b-947e-15bcb21f29d5" providerId="ADAL" clId="{5C295C38-1DE6-5945-9279-26A40326D53F}" dt="2025-07-18T12:25:52.962" v="1" actId="12"/>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:50:17.716" v="95" actId="1076"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="2763805913" sldId="430"/>
+          <pc:sldMk cId="2029056329" sldId="512"/>
         </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:50:11.192" v="94" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2029056329" sldId="512"/>
+            <ac:spMk id="3" creationId="{A62B30B7-9633-E8F9-3824-B7B0CFF7E4D0}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:50:17.716" v="95" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2029056329" sldId="512"/>
+            <ac:spMk id="4" creationId="{C1E39C91-E0A5-2325-7915-EC0EBB14B3C6}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:49:51.153" v="70" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2029056329" sldId="512"/>
+            <ac:spMk id="17" creationId="{64204E6D-23DB-B342-9565-90A7E5154764}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:49:51.153" v="70" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2029056329" sldId="512"/>
+            <ac:spMk id="20" creationId="{A9896E8C-C2FF-7577-D60F-37A443AD356A}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:49:51.153" v="70" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2029056329" sldId="512"/>
+            <ac:spMk id="21" creationId="{7EBE7523-D20D-F3EB-3710-D10D62D2D98A}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:49:51.153" v="70" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2029056329" sldId="512"/>
+            <ac:spMk id="29" creationId="{21AEAE40-512E-66C9-FE4D-84BEC96B1123}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:49:51.153" v="70" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2029056329" sldId="512"/>
+            <ac:spMk id="30" creationId="{C9FF1E6C-2945-2867-CFD0-B441F3A57D21}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:49:51.153" v="70" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2029056329" sldId="512"/>
+            <ac:spMk id="47" creationId="{A6D67D30-7659-5B0B-7186-6EF41170EEAA}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:49:51.153" v="70" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2029056329" sldId="512"/>
+            <ac:spMk id="49" creationId="{DE509183-A2BD-6357-1C7D-6B5E56D29756}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:49:51.153" v="70" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2029056329" sldId="512"/>
+            <ac:spMk id="50" creationId="{43C774AF-43F3-E499-E4D0-99410F248FF6}"/>
+          </ac:spMkLst>
+        </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modNotesTx">
-        <pc:chgData name="Cory Mathis" userId="ec5c9386-3897-4d1b-947e-15bcb21f29d5" providerId="ADAL" clId="{5C295C38-1DE6-5945-9279-26A40326D53F}" dt="2025-07-18T12:26:01.918" v="3" actId="20577"/>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:50:36.887" v="112" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1620534097" sldId="525"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:50:36.887" v="112" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1620534097" sldId="525"/>
+            <ac:spMk id="24" creationId="{96B661FB-A26C-16D3-9B0D-71BAB62347F8}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:49:03.400" v="27" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2276613812" sldId="526"/>
         </pc:sldMkLst>
-      </pc:sldChg>
-[...14 lines deleted...]
-        </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Cory Mathis" userId="ec5c9386-3897-4d1b-947e-15bcb21f29d5" providerId="ADAL" clId="{BD3628CB-14F9-EA46-BBAB-2D96CB526DD8}" dt="2025-07-18T12:21:44.060" v="19" actId="14100"/>
+          <ac:chgData name="Ben Whitmore" userId="a35d5824-e0b8-46a2-bc64-9b8f55f120bc" providerId="ADAL" clId="{FD174617-F477-4E0A-9DC2-34DD6C8BD279}" dt="2025-10-24T07:49:03.400" v="27" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="4187898915" sldId="262"/>
-[...163 lines deleted...]
-            <ac:spMk id="30" creationId="{598A8656-D8F4-CD83-394D-C149296CA84F}"/>
+            <pc:sldMk cId="2276613812" sldId="526"/>
+            <ac:spMk id="67" creationId="{BEAE645E-0922-AC15-0D44-5B930533D09B}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -575,51 +514,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BEDFCBA6-EBBC-4091-A412-0C4EF2BC92F9}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>7/18/25</a:t>
+              <a:t>10/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1614,53 +1553,53 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buNone/>
+              <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{86664827-2DB4-4296-909C-96CA3B5EC6A5}" type="slidenum">
               <a:rPr lang="nl-BE" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
@@ -1784,55 +1723,55 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
+            <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial"/>
-              <a:buNone/>
+              <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{86664827-2DB4-4296-909C-96CA3B5EC6A5}" type="slidenum">
               <a:rPr lang="nl-BE" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
@@ -2106,51 +2045,59 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E50E53FF-5292-A825-50F3-AF737BDE6889}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Added </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" err="1"/>
+              <a:t>microsoft</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B29496C4-9D23-15CE-C9BF-464A62EAC55E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{86664827-2DB4-4296-909C-96CA3B5EC6A5}" type="slidenum">
@@ -4718,51 +4665,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="82000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{10FDEB4E-A42C-4238-A133-7E19EE4B782C}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>7/18/25</a:t>
+              <a:t>10/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBDB59D1-5576-E817-3479-9BEB38B1E2DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -9132,58 +9079,66 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96B661FB-A26C-16D3-9B0D-71BAB62347F8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1157469" y="5627688"/>
             <a:ext cx="4817946" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Microsoft Intune environments (</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="bg2"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Microsoft Intune environments (Coming soon)</a:t>
+              <a:t>In Public Preview)</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400">
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2"/>
               </a:solidFill>
               <a:cs typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Oval 29">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0984FA7-7EE7-509C-E46A-280567C62937}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1100089" y="5427864"/>
             <a:ext cx="57380" cy="57380"/>
           </a:xfrm>
@@ -10656,51 +10611,51 @@
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="15" name="Group 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59120E39-AC40-728D-E71D-973F850C5EDF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="4632323" y="2076675"/>
+            <a:off x="4557416" y="2406812"/>
             <a:ext cx="3271925" cy="1435985"/>
             <a:chOff x="565263" y="4600381"/>
             <a:chExt cx="3271925" cy="1435985"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="22" name="Rounded Rectangle 21">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DDA32C6-2C8F-9A66-B610-CD4DE4C4093B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="565263" y="4600381"/>
               <a:ext cx="3170895" cy="1324468"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst>
                 <a:gd name="adj" fmla="val 6506"/>
@@ -10806,51 +10761,51 @@
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="nl-BE"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="24" name="Group 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{253FA16B-0E4B-C7CF-7E53-E3901C282843}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="8324755" y="2076675"/>
+            <a:off x="8249848" y="2406812"/>
             <a:ext cx="3271925" cy="1435985"/>
             <a:chOff x="565263" y="4600381"/>
             <a:chExt cx="3271925" cy="1435985"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="25" name="Rounded Rectangle 24">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{510CCA5F-F8BD-855E-CD36-14781D509944}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="565263" y="4600381"/>
               <a:ext cx="3170895" cy="1324468"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst>
                 <a:gd name="adj" fmla="val 6506"/>
@@ -10956,51 +10911,51 @@
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="nl-BE"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="27" name="Group 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AEA0D4B1-7C2B-8C29-E53B-4F7469FC5E67}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="2954635" y="4244464"/>
+            <a:off x="2879728" y="4574601"/>
             <a:ext cx="3271925" cy="1435985"/>
             <a:chOff x="565263" y="4600381"/>
             <a:chExt cx="3271925" cy="1435985"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="31" name="Rounded Rectangle 30">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BF029F7-9E4E-D90B-F503-14EE4C4073A6}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="565263" y="4600381"/>
               <a:ext cx="3170895" cy="1324468"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst>
                 <a:gd name="adj" fmla="val 6506"/>
@@ -11106,51 +11061,51 @@
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="nl-BE"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="33" name="Group 32">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32A3D578-72FF-97D8-F9CA-E4CE367811E1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="6681820" y="4244464"/>
+            <a:off x="6606913" y="4574601"/>
             <a:ext cx="3271925" cy="1435985"/>
             <a:chOff x="565263" y="4600381"/>
             <a:chExt cx="3271925" cy="1435985"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="34" name="Rounded Rectangle 33">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BC006CC-941D-2BE4-852E-8AF9A7B7DAC3}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="565263" y="4600381"/>
               <a:ext cx="3170895" cy="1324468"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst>
                 <a:gd name="adj" fmla="val 6506"/>
@@ -11256,51 +11211,51 @@
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="nl-BE"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="14" name="Group 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8D560C1-8E35-18A9-389A-7957EAF99639}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="812170" y="2064451"/>
+            <a:off x="737263" y="2394588"/>
             <a:ext cx="3271925" cy="1435985"/>
             <a:chOff x="565263" y="4600381"/>
             <a:chExt cx="3271925" cy="1435985"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Rounded Rectangle 10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17F42E6C-D624-2ADB-0965-9038AF728FA4}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="565263" y="4600381"/>
               <a:ext cx="3170895" cy="1324468"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst>
                 <a:gd name="adj" fmla="val 6506"/>
@@ -11406,51 +11361,51 @@
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="nl-BE"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Tekstvak 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64204E6D-23DB-B342-9565-90A7E5154764}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="546185" y="1660212"/>
+            <a:off x="471278" y="1990349"/>
             <a:ext cx="1355596" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="8000" b="1">
                 <a:solidFill>
                   <a:srgbClr val="1BBC9B"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
@@ -11473,51 +11428,51 @@
                     <a:alpha val="30000"/>
                   </a:prstClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Aptos"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Tekstvak 59">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8A5FBC0-9385-0498-85C4-F46D6AC1D9E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1580417" y="2233635"/>
+            <a:off x="1505510" y="2563772"/>
             <a:ext cx="2066182" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE" sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
                     </a:prstClr>
                   </a:outerShdw>
                 </a:effectLst>
@@ -11534,51 +11489,51 @@
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
                     </a:prstClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>to Intune</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Tekstvak 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9896E8C-C2FF-7577-D60F-37A443AD356A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4401637" y="1650903"/>
+            <a:off x="4326730" y="1981040"/>
             <a:ext cx="1355596" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="8000" b="1">
                 <a:solidFill>
                   <a:srgbClr val="1BBC9B"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
@@ -11601,51 +11556,51 @@
                     <a:alpha val="30000"/>
                   </a:prstClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Aptos"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Tekstvak 59">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EBE7523-D20D-F3EB-3710-D10D62D2D98A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5644955" y="2390977"/>
+            <a:off x="5570048" y="2721114"/>
             <a:ext cx="1721605" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE" sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
                     </a:prstClr>
                   </a:outerShdw>
                 </a:effectLst>
@@ -11662,51 +11617,51 @@
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
                     </a:prstClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>for Intune</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="Tekstvak 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21AEAE40-512E-66C9-FE4D-84BEC96B1123}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8142489" y="1632038"/>
+            <a:off x="8067582" y="1962175"/>
             <a:ext cx="1355596" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="8000" b="1">
                 <a:solidFill>
                   <a:srgbClr val="1BBC9B"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
@@ -11729,51 +11684,51 @@
                     <a:alpha val="30000"/>
                   </a:prstClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Aptos"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Tekstvak 59">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9FF1E6C-2945-2867-CFD0-B441F3A57D21}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9364917" y="2220074"/>
+            <a:off x="9290010" y="2550211"/>
             <a:ext cx="2172452" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE" sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
                     </a:prstClr>
                   </a:outerShdw>
                 </a:effectLst>
@@ -11792,51 +11747,51 @@
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
                     </a:prstClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>for Intune</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="Tekstvak 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DC558C7-EB3C-C571-360D-A146ADD3D341}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2839938" y="3785681"/>
+            <a:off x="2765031" y="4115818"/>
             <a:ext cx="1355596" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="8000" b="1">
                 <a:solidFill>
                   <a:srgbClr val="1BBC9B"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
@@ -11859,51 +11814,51 @@
                     <a:alpha val="30000"/>
                   </a:prstClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Aptos"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="47" name="Tekstvak 59">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6D67D30-7659-5B0B-7186-6EF41170EEAA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4083256" y="4525755"/>
+            <a:off x="4008349" y="4855892"/>
             <a:ext cx="2172452" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE" sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
                     </a:prstClr>
                   </a:outerShdw>
                 </a:effectLst>
@@ -11922,51 +11877,51 @@
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
                     </a:prstClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Insights</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="49" name="Tekstvak 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE509183-A2BD-6357-1C7D-6B5E56D29756}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6580790" y="3766816"/>
+            <a:off x="6505883" y="4096953"/>
             <a:ext cx="1355596" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="8000" b="1">
                 <a:solidFill>
                   <a:srgbClr val="1BBC9B"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
@@ -11989,188 +11944,206 @@
                     <a:alpha val="30000"/>
                   </a:prstClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Aptos"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="50" name="Tekstvak 59">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43C774AF-43F3-E499-E4D0-99410F248FF6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7803218" y="4354852"/>
+            <a:off x="7728311" y="4684989"/>
             <a:ext cx="2172452" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE" sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
                     </a:prstClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>PSADT Commercial Support</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tekstvak 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A62B30B7-9633-E8F9-3824-B7B0CFF7E4D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-61993" y="393907"/>
-            <a:ext cx="12328900" cy="646331"/>
+            <a:off x="-113827" y="305638"/>
+            <a:ext cx="12328900" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" b="1">
+              <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
                     </a:prstClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>What’s Coming Next</a:t>
+              <a:t>Customers Asked</a:t>
             </a:r>
-            <a:endParaRPr lang="nl-BE" sz="3600" b="1">
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
+                    <a:prstClr val="black">
+                      <a:alpha val="30000"/>
+                    </a:prstClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Patch My PC Listened</a:t>
+            </a:r>
+            <a:endParaRPr lang="nl-BE" sz="3600" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
                   <a:prstClr val="black">
                     <a:alpha val="30000"/>
                   </a:prstClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tekstvak 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1E39C91-E0A5-2325-7915-EC0EBB14B3C6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-68450" y="961971"/>
+            <a:off x="-136900" y="1581272"/>
             <a:ext cx="12328900" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg2"/>
+                  <a:srgbClr val="1BBC9B"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
                     <a:prstClr val="black">
                       <a:alpha val="30000"/>
                     </a:prstClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>Innovation doesn’t stop here</a:t>
+              <a:t>Hot New Capabilities</a:t>
             </a:r>
-            <a:endParaRPr lang="nl-BE">
+            <a:endParaRPr lang="nl-BE" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg2"/>
+                <a:srgbClr val="1BBC9B"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="266700" dist="165100" dir="2700000" algn="tl" rotWithShape="0">
                   <a:prstClr val="black">
                     <a:alpha val="30000"/>
                   </a:prstClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2029056329"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
@@ -17530,56 +17503,56 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF4B36BE-B5CD-8FA8-3E89-8BAD05D42C84}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7246668" y="3206866"/>
             <a:ext cx="1576734" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1">
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A2A3C"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>8,500+</a:t>
+              <a:t>9,000+</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="Tekstvak 45">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B39D134-0F10-DEA3-1414-84E9064466F8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7246668" y="3589953"/>
             <a:ext cx="1576734" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
@@ -17690,56 +17663,56 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95749518-2C6D-809C-EA11-4490F6F28E54}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8948159" y="3206866"/>
             <a:ext cx="2451089" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1">
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A2A3C"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>25 million</a:t>
+              <a:t>27 million</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="51" name="Tekstvak 50">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48CB5642-AA56-041B-371F-9C61412A73B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9746529" y="3589953"/>
             <a:ext cx="1652719" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
@@ -17953,56 +17926,56 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D500E44-BD25-F905-A1A7-51F8F965BFE7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8447834" y="5124972"/>
             <a:ext cx="2951414" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1">
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A2A3C"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>2,400+</a:t>
+              <a:t>2,850+</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="60" name="Tekstvak 59">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CBC90A2-E7BE-682B-31D3-6E0B11322DEE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9144159" y="5508059"/>
             <a:ext cx="2255089" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
@@ -23799,56 +23772,56 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5920726" y="5648811"/>
             <a:ext cx="5336725" cy="335989"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="858D97"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Supporting Microsoft ConfigMgr (and Intune Coming Soon)</a:t>
+              <a:t>Supporting Microsoft ConfigMgr and Intune</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="68" name="TextBox 67">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8EF8702-7FE5-7DDB-E212-696D2C15CC4F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8527443" y="5347555"/>
             <a:ext cx="2730010" cy="355867"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
@@ -27517,76 +27490,76 @@
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A95CF29C-4F90-4354-A582-A6423953A5ED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="0fa9997c-3467-448a-b6fe-f7603406030e"/>
     <ds:schemaRef ds:uri="4461bd70-1a5b-4652-a17b-a939cc9edbe9"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A8C13E5-0C01-4EF9-B592-49A8D655E715}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="4461bd70-1a5b-4652-a17b-a939cc9edbe9"/>
     <ds:schemaRef ds:uri="0fa9997c-3467-448a-b6fe-f7603406030e"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="4461bd70-1a5b-4652-a17b-a939cc9edbe9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{b79783df-131e-4d00-8303-6f66c0fa4bfb}" enabled="0" method="" siteId="{b79783df-131e-4d00-8303-6f66c0fa4bfb}" removed="1"/>
+  <clbl:label id="{c0295e80-f72f-47be-9b62-a6fb66570df7}" enabled="1" method="Standard" siteId="{b79783df-131e-4d00-8303-6f66c0fa4bfb}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>877</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Words>878</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>165</Paragraphs>
+  <Paragraphs>167</Paragraphs>
   <Slides>14</Slides>
   <Notes>14</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>